--- v0 (2025-10-11)
+++ v1 (2025-11-27)
@@ -12,145 +12,133 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>城市</t>
   </si>
   <si>
     <t>GDP</t>
   </si>
   <si>
     <t>人均GDP</t>
   </si>
   <si>
     <t>户籍人口</t>
   </si>
   <si>
     <t>行政面积</t>
   </si>
   <si>
     <t>财政收入</t>
   </si>
   <si>
     <t>学生数</t>
   </si>
   <si>
     <t>床位数</t>
   </si>
   <si>
     <t>耕地面积</t>
   </si>
   <si>
     <t>所属省份</t>
   </si>
   <si>
-    <t>若羌县</t>
+    <t>昆山市</t>
+  </si>
+  <si>
+    <t>江苏省</t>
+  </si>
+  <si>
+    <t>江阴市</t>
+  </si>
+  <si>
+    <t>晋江市</t>
+  </si>
+  <si>
+    <t>福建省</t>
+  </si>
+  <si>
+    <t>张家港市</t>
+  </si>
+  <si>
+    <t>常熟市</t>
+  </si>
+  <si>
+    <t>慈溪市</t>
+  </si>
+  <si>
+    <t>浙江省</t>
+  </si>
+  <si>
+    <t>义乌市</t>
+  </si>
+  <si>
+    <t>神木市</t>
+  </si>
+  <si>
+    <t>陕西省</t>
+  </si>
+  <si>
+    <t>宜兴市</t>
+  </si>
+  <si>
+    <t>长沙县</t>
+  </si>
+  <si>
+    <t>湖南省</t>
+  </si>
+  <si>
+    <t>阿克苏市</t>
   </si>
   <si>
     <t>新疆维吾尔自治区</t>
   </si>
   <si>
-    <t>温泉县</t>
-[...55 lines deleted...]
-  <si>
     <t>福清市</t>
   </si>
   <si>
     <t>太仓市</t>
   </si>
   <si>
     <t>诸暨市</t>
   </si>
   <si>
     <t>乐清市</t>
   </si>
   <si>
     <t>南安市</t>
   </si>
   <si>
     <t>胶州市</t>
   </si>
   <si>
     <t>山东省</t>
   </si>
   <si>
     <t>溧阳市</t>
   </si>
   <si>
     <t>余姚市</t>
@@ -231,50 +219,59 @@
     <t>伊金霍洛旗</t>
   </si>
   <si>
     <t>石狮市</t>
   </si>
   <si>
     <t>兴化市</t>
   </si>
   <si>
     <t>肥西县</t>
   </si>
   <si>
     <t>安徽省</t>
   </si>
   <si>
     <t>东台市</t>
   </si>
   <si>
     <t>闽侯县</t>
   </si>
   <si>
     <t>府谷县</t>
   </si>
   <si>
     <t>沛县</t>
+  </si>
+  <si>
+    <t>高邮市</t>
+  </si>
+  <si>
+    <t>邹城市</t>
+  </si>
+  <si>
+    <t>库尔勒市</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -622,593 +619,593 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2">
-        <v>1165938</v>
+        <v>5380.17</v>
       </c>
       <c r="J2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" t="s">
         <v>12</v>
       </c>
       <c r="B3">
-        <v>458644</v>
+        <v>5126.13</v>
       </c>
       <c r="J3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4">
-        <v>319000</v>
+        <v>3647.45</v>
       </c>
       <c r="J4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5">
-        <v>5380.17</v>
+        <v>3618.8</v>
       </c>
       <c r="J5" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B6">
-        <v>5126.13</v>
+        <v>3079.1</v>
       </c>
       <c r="J6" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7">
+        <v>2928.64</v>
+      </c>
+      <c r="J7" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B8">
-        <v>3618.8</v>
+        <v>2503.51</v>
       </c>
       <c r="J8" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9">
+        <v>2502.61</v>
+      </c>
+      <c r="J9" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10">
-        <v>2928.64</v>
+        <v>2455.02</v>
       </c>
       <c r="J10" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11">
+        <v>2266.35</v>
+      </c>
+      <c r="J11" t="s">
         <v>24</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12">
-        <v>2502.61</v>
+        <v>1953.98</v>
       </c>
       <c r="J12" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" t="s">
         <v>27</v>
       </c>
       <c r="B13">
-        <v>2455.02</v>
+        <v>1900.79</v>
       </c>
       <c r="J13" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14">
-        <v>2266.35</v>
+        <v>1880.06</v>
       </c>
       <c r="J14" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B15">
-        <v>1953.98</v>
+        <v>1861.08</v>
       </c>
       <c r="J15" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B16">
-        <v>1900.79</v>
+        <v>1858.5</v>
       </c>
       <c r="J16" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B17">
-        <v>1880.06</v>
+        <v>1844.2</v>
       </c>
       <c r="J17" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" t="s">
+        <v>32</v>
+      </c>
+      <c r="B18">
+        <v>1728.04</v>
+      </c>
+      <c r="J18" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" t="s">
         <v>34</v>
       </c>
       <c r="B19">
-        <v>1858.5</v>
+        <v>1708.39</v>
       </c>
       <c r="J19" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" t="s">
         <v>35</v>
       </c>
       <c r="B20">
-        <v>1844.2</v>
+        <v>1682.78</v>
       </c>
       <c r="J20" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" t="s">
         <v>36</v>
       </c>
       <c r="B21">
-        <v>1728.04</v>
+        <v>1649.81</v>
       </c>
       <c r="J21" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" t="s">
         <v>38</v>
       </c>
       <c r="B22">
-        <v>1708.39</v>
+        <v>1642.52</v>
       </c>
       <c r="J22" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" t="s">
         <v>39</v>
       </c>
       <c r="B23">
-        <v>1682.78</v>
+        <v>1626.88</v>
       </c>
       <c r="J23" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" t="s">
         <v>40</v>
       </c>
       <c r="B24">
-        <v>1649.81</v>
+        <v>1615.43</v>
       </c>
       <c r="J24" t="s">
-        <v>41</v>
+        <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" t="s">
+        <v>41</v>
+      </c>
+      <c r="B25">
+        <v>1600.37</v>
+      </c>
+      <c r="J25" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" t="s">
         <v>43</v>
       </c>
       <c r="B26">
-        <v>1626.88</v>
+        <v>1561.09</v>
       </c>
       <c r="J26" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" t="s">
         <v>44</v>
       </c>
       <c r="B27">
-        <v>1615.43</v>
+        <v>1560.39</v>
       </c>
       <c r="J27" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" t="s">
         <v>45</v>
       </c>
       <c r="B28">
-        <v>1600.37</v>
+        <v>1514.65</v>
       </c>
       <c r="J28" t="s">
-        <v>46</v>
+        <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B29">
-        <v>1561.09</v>
+        <v>1506.98</v>
       </c>
       <c r="J29" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B30">
-        <v>1560.39</v>
+        <v>1467.54</v>
       </c>
       <c r="J30" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B31">
-        <v>1514.65</v>
+        <v>1452</v>
       </c>
       <c r="J31" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B32">
-        <v>1506.98</v>
+        <v>1430.46</v>
       </c>
       <c r="J32" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B33">
-        <v>1467.54</v>
+        <v>1417.03</v>
       </c>
       <c r="J33" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B34">
-        <v>1452</v>
+        <v>1403.95</v>
       </c>
       <c r="J34" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" t="s">
+        <v>52</v>
+      </c>
+      <c r="B35">
+        <v>1401.44</v>
+      </c>
+      <c r="J35" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" t="s">
         <v>54</v>
       </c>
       <c r="B36">
-        <v>1417.03</v>
+        <v>1397.16</v>
       </c>
       <c r="J36" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" t="s">
         <v>55</v>
       </c>
       <c r="B37">
-        <v>1403.95</v>
+        <v>1354.89</v>
       </c>
       <c r="J37" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" t="s">
         <v>56</v>
       </c>
       <c r="B38">
-        <v>1401.44</v>
+        <v>1347.11</v>
       </c>
       <c r="J38" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" t="s">
+        <v>57</v>
+      </c>
+      <c r="B39">
+        <v>1344.1</v>
+      </c>
+      <c r="J39" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" t="s">
         <v>59</v>
       </c>
       <c r="B40">
-        <v>1354.89</v>
+        <v>1311.2</v>
       </c>
       <c r="J40" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" t="s">
         <v>60</v>
       </c>
       <c r="B41">
-        <v>1347.11</v>
+        <v>1310.4</v>
       </c>
       <c r="J41" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" t="s">
         <v>61</v>
       </c>
       <c r="B42">
-        <v>1344.1</v>
+        <v>1302.36</v>
       </c>
       <c r="J42" t="s">
-        <v>62</v>
+        <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B43">
-        <v>1311.2</v>
+        <v>1240.38</v>
       </c>
       <c r="J43" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" t="s">
+        <v>63</v>
+      </c>
+      <c r="B44">
+        <v>1212.43</v>
+      </c>
+      <c r="J44" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" t="s">
         <v>65</v>
       </c>
       <c r="B45">
-        <v>1302.36</v>
+        <v>1190.94</v>
       </c>
       <c r="J45" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" t="s">
         <v>66</v>
       </c>
       <c r="B46">
-        <v>1240.38</v>
+        <v>1170.5</v>
       </c>
       <c r="J46" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" t="s">
         <v>67</v>
       </c>
       <c r="B47">
-        <v>1212.43</v>
+        <v>1150</v>
       </c>
       <c r="J47" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B48">
-        <v>1190.94</v>
+        <v>1126.09</v>
       </c>
       <c r="J48" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B49">
-        <v>1170.5</v>
+        <v>1107.09</v>
       </c>
       <c r="J49" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B50">
-        <v>1150</v>
+        <v>1104</v>
       </c>
       <c r="J50" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B51">
-        <v>1126.09</v>
+        <v>1102.54</v>
       </c>
       <c r="J51" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">